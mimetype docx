--- v0 (2025-12-11)
+++ v1 (2026-01-09)
@@ -2939,90 +2939,68 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4) Wyrażam zgodę na weryfikację przez Zamawiającego przedstawionych informacji u podmiotów wskazanych w wykazie usług.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F1BD847" w14:textId="77777777" w:rsidR="003B41E9" w:rsidRPr="003B41E9" w:rsidRDefault="003B41E9" w:rsidP="003B41E9">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B41E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5) Oświadczam, że dysponuję zgodą osoby, której dane dotyczą, na ich wykorzystanie dla potrzeb postępowania (RODO).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A44DAE2" w14:textId="77777777" w:rsidR="003B41E9" w:rsidRPr="003B41E9" w:rsidRDefault="003B41E9" w:rsidP="003B41E9">
+    <w:p w14:paraId="3A44DAE2" w14:textId="66B49E63" w:rsidR="003B41E9" w:rsidRPr="003B41E9" w:rsidRDefault="003B41E9" w:rsidP="003B41E9">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B41E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="003366"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wykaz załączników potwierdzających (składanych na wezwanie wraz z </w:t>
-[...21 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">Wykaz załączników potwierdzających </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8DE7B0" w14:textId="77777777" w:rsidR="003B41E9" w:rsidRPr="003B41E9" w:rsidRDefault="003B41E9" w:rsidP="003B41E9">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B41E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>a) Poświadczenia/zaświadczenia/referencje wystawione przez Zamawiających/Zleceniodawców, potwierdzające pełnienie funkcji kierowniczej w okresach wskazanych powyżej (z podaniem zakresu zarządzania, wielkości zespołu ≥10 osób oraz trybu 24/7/365).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FE581B" w14:textId="77777777" w:rsidR="003B41E9" w:rsidRPr="003B41E9" w:rsidRDefault="003B41E9" w:rsidP="003B41E9">
       <w:pPr>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3367,56 +3345,58 @@
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004D5C35"/>
     <w:rsid w:val="000A7826"/>
     <w:rsid w:val="000E73FF"/>
     <w:rsid w:val="00106935"/>
     <w:rsid w:val="0016235E"/>
     <w:rsid w:val="00171C1C"/>
     <w:rsid w:val="001A09C8"/>
     <w:rsid w:val="001D75A3"/>
     <w:rsid w:val="001F5D52"/>
     <w:rsid w:val="00203A23"/>
     <w:rsid w:val="00234E16"/>
     <w:rsid w:val="00236201"/>
     <w:rsid w:val="00275588"/>
+    <w:rsid w:val="00276E63"/>
     <w:rsid w:val="00290770"/>
     <w:rsid w:val="002916F1"/>
     <w:rsid w:val="003B41E9"/>
     <w:rsid w:val="003C04A7"/>
     <w:rsid w:val="003C1043"/>
     <w:rsid w:val="00423300"/>
+    <w:rsid w:val="004749B2"/>
     <w:rsid w:val="004857BB"/>
     <w:rsid w:val="004A18E4"/>
     <w:rsid w:val="004C36B2"/>
     <w:rsid w:val="004D5C35"/>
     <w:rsid w:val="005346E0"/>
     <w:rsid w:val="005A3C7D"/>
     <w:rsid w:val="005D4E14"/>
     <w:rsid w:val="00617CA9"/>
     <w:rsid w:val="006442C0"/>
     <w:rsid w:val="00675F2B"/>
     <w:rsid w:val="006A2EE2"/>
     <w:rsid w:val="006A765B"/>
     <w:rsid w:val="006C346C"/>
     <w:rsid w:val="006F2AB9"/>
     <w:rsid w:val="007B6848"/>
     <w:rsid w:val="00811C11"/>
     <w:rsid w:val="00862BF7"/>
     <w:rsid w:val="008C3A39"/>
     <w:rsid w:val="008E271D"/>
     <w:rsid w:val="00976A24"/>
     <w:rsid w:val="00985A73"/>
     <w:rsid w:val="009B4857"/>
     <w:rsid w:val="009D6EB6"/>
     <w:rsid w:val="009E0783"/>
     <w:rsid w:val="00A16ED3"/>
@@ -4309,56 +4289,53 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101002C49E9F5E03FC84D98B18F0EE1D74B02" ma:contentTypeVersion="2" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="05f358996a48489e292be81e374baaad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9c8f6875-7a30-4b67-9305-b39e4a06c2c5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6f4de7c3d45f259d93588b46b8f29ecf" ns2:_="">
     <xsd:import namespace="9c8f6875-7a30-4b67-9305-b39e4a06c2c5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9c8f6875-7a30-4b67-9305-b39e4a06c2c5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -4450,113 +4427,116 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F669600A-A1D1-444E-B14A-78087D1B0D73}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFAABA68-0B3D-461C-824E-F3B58CA6B94F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{817EB76E-7E1E-4CD1-A486-72720E7DD394}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9c8f6875-7a30-4b67-9305-b39e4a06c2c5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFAABA68-0B3D-461C-824E-F3B58CA6B94F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F669600A-A1D1-444E-B14A-78087D1B0D73}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>485</Words>
-  <Characters>4283</Characters>
+  <Words>479</Words>
+  <Characters>4254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4759</CharactersWithSpaces>
+  <CharactersWithSpaces>4724</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Lex</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>