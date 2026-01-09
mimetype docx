--- v0 (2025-12-11)
+++ v1 (2026-01-09)
@@ -644,75 +644,77 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000129AE" w:rsidRPr="0055629A">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C31D2" w:rsidRPr="003C31D2">
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70E2213F" w14:textId="10A7F900" w:rsidR="0094048F" w:rsidRPr="0055629A" w:rsidRDefault="0094048F" w:rsidP="00B220FE">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0055629A">
+    <w:p w14:paraId="2E226134" w14:textId="22F51BB2" w:rsidR="0094048F" w:rsidRDefault="00E14B13" w:rsidP="0094048F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5415"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>zdolności zawodowej</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E14B13">
+        <w:rPr>
+          <w:rFonts w:eastAsia="SimSun"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>zdolności technicznej lub zawodowej lub sytuacji finansowej lub ekonomicznej</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E226134" w14:textId="77777777" w:rsidR="0094048F" w:rsidRPr="0055629A" w:rsidRDefault="0094048F" w:rsidP="0094048F">
+    <w:p w14:paraId="52669F6D" w14:textId="77777777" w:rsidR="00E14B13" w:rsidRPr="0055629A" w:rsidRDefault="00E14B13" w:rsidP="0094048F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5415"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A56DE9E" w14:textId="77777777" w:rsidR="0094048F" w:rsidRPr="0055629A" w:rsidRDefault="0094048F" w:rsidP="0094048F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5415"/>
         </w:tabs>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="254" w:hanging="426"/>
         <w:rPr>
@@ -1416,51 +1418,50 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
-    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29F4D04E" w14:textId="1F9877FC" w:rsidR="004A4A3A" w:rsidRDefault="004A4A3A">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="01D1D0FF" w14:textId="77777777" w:rsidR="004A4A3A" w:rsidRDefault="004A4A3A">
     <w:pPr>
       <w:pStyle w:val="Stopka"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -2472,50 +2473,51 @@
     <w:rsid w:val="000129AE"/>
     <w:rsid w:val="00034133"/>
     <w:rsid w:val="00040A1F"/>
     <w:rsid w:val="000509F3"/>
     <w:rsid w:val="00053AB9"/>
     <w:rsid w:val="000576B7"/>
     <w:rsid w:val="000825F0"/>
     <w:rsid w:val="00096A3A"/>
     <w:rsid w:val="000977FD"/>
     <w:rsid w:val="000B2C51"/>
     <w:rsid w:val="000C6C62"/>
     <w:rsid w:val="000E73FF"/>
     <w:rsid w:val="00103A54"/>
     <w:rsid w:val="0011625C"/>
     <w:rsid w:val="001308F5"/>
     <w:rsid w:val="00154266"/>
     <w:rsid w:val="00166A96"/>
     <w:rsid w:val="00191ED6"/>
     <w:rsid w:val="001B23C0"/>
     <w:rsid w:val="001C7215"/>
     <w:rsid w:val="00204C7E"/>
     <w:rsid w:val="00221500"/>
     <w:rsid w:val="002315A2"/>
     <w:rsid w:val="00256C56"/>
     <w:rsid w:val="00270767"/>
+    <w:rsid w:val="00276E63"/>
     <w:rsid w:val="002863B6"/>
     <w:rsid w:val="002928A0"/>
     <w:rsid w:val="002B098F"/>
     <w:rsid w:val="002B1B3E"/>
     <w:rsid w:val="002F456B"/>
     <w:rsid w:val="00321E06"/>
     <w:rsid w:val="0034134D"/>
     <w:rsid w:val="00345E01"/>
     <w:rsid w:val="003472A5"/>
     <w:rsid w:val="0035144F"/>
     <w:rsid w:val="00357C2F"/>
     <w:rsid w:val="00362512"/>
     <w:rsid w:val="003910C7"/>
     <w:rsid w:val="003B5081"/>
     <w:rsid w:val="003C31D2"/>
     <w:rsid w:val="003F35F4"/>
     <w:rsid w:val="003F4E28"/>
     <w:rsid w:val="004307F9"/>
     <w:rsid w:val="00433C39"/>
     <w:rsid w:val="004849EC"/>
     <w:rsid w:val="004915FA"/>
     <w:rsid w:val="004A4A3A"/>
     <w:rsid w:val="004A5876"/>
     <w:rsid w:val="004B0786"/>
     <w:rsid w:val="004B4191"/>
@@ -2571,50 +2573,51 @@
     <w:rsid w:val="00AE49D4"/>
     <w:rsid w:val="00B220FE"/>
     <w:rsid w:val="00B338BF"/>
     <w:rsid w:val="00B41368"/>
     <w:rsid w:val="00B42A11"/>
     <w:rsid w:val="00B84419"/>
     <w:rsid w:val="00B910F5"/>
     <w:rsid w:val="00BD6382"/>
     <w:rsid w:val="00BF1476"/>
     <w:rsid w:val="00C23DB0"/>
     <w:rsid w:val="00C30B40"/>
     <w:rsid w:val="00C546FC"/>
     <w:rsid w:val="00C72B42"/>
     <w:rsid w:val="00CA7194"/>
     <w:rsid w:val="00D10AE0"/>
     <w:rsid w:val="00D469CB"/>
     <w:rsid w:val="00D576FE"/>
     <w:rsid w:val="00D660E6"/>
     <w:rsid w:val="00D81157"/>
     <w:rsid w:val="00D9316D"/>
     <w:rsid w:val="00D96DF9"/>
     <w:rsid w:val="00D97D95"/>
     <w:rsid w:val="00DA6EB7"/>
     <w:rsid w:val="00DD0F66"/>
     <w:rsid w:val="00E028D6"/>
+    <w:rsid w:val="00E14B13"/>
     <w:rsid w:val="00E875C0"/>
     <w:rsid w:val="00E876A9"/>
     <w:rsid w:val="00E92585"/>
     <w:rsid w:val="00EB7769"/>
     <w:rsid w:val="00EC0828"/>
     <w:rsid w:val="00ED2E79"/>
     <w:rsid w:val="00F13CC5"/>
     <w:rsid w:val="00F730BB"/>
     <w:rsid w:val="00F9665C"/>
     <w:rsid w:val="00FB3A49"/>
     <w:rsid w:val="00FB4B6F"/>
     <w:rsid w:val="00FC5875"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -3643,50 +3646,59 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101004541FA1B75521C458E421A9E041257CE" ma:contentTypeVersion="20" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="00dbfccd718325ffff8aa03fa4201281">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7912e6a5-840d-4c49-ace3-99f8f0742dfc" xmlns:ns3="e747d2cd-579c-46ef-bbaf-3ec741db3a49" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="595b68f883ccae52720a40c57d6e302a" ns2:_="" ns3:_="">
     <xsd:import namespace="7912e6a5-840d-4c49-ace3-99f8f0742dfc"/>
     <xsd:import namespace="e747d2cd-579c-46ef-bbaf-3ec741db3a49"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -3897,116 +3909,107 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DEC9780F-67AE-4B13-813E-D793A6DA924A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FDEA7E8-1EBD-4F73-8DB4-4728529ADBC1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7912e6a5-840d-4c49-ace3-99f8f0742dfc"/>
     <ds:schemaRef ds:uri="e747d2cd-579c-46ef-bbaf-3ec741db3a49"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>149</Words>
-  <Characters>895</Characters>
+  <Words>157</Words>
+  <Characters>944</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1042</CharactersWithSpaces>
+  <CharactersWithSpaces>1099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wiesław Babiżewski</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-10-31T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 17 dla programu Word</vt:lpwstr>
   </property>