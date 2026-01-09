--- v0 (2025-12-11)
+++ v1 (2026-01-09)
@@ -795,278 +795,405 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C30CE6B" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>§ 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376BAF1F" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="376BAF1F" w14:textId="77777777" w:rsidR="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F5317">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>„Najemca”</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  płacić będzie </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">„ Wynajmującemu” </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>czynsz</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> z tytułu najmu budynku magazynowego w wysokości </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>41,91  zł brutto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / słownie : czterdzieści jeden złotych 91/100 brutto / za 1m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B47955">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> w wymiarze miesięcznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A232075" w14:textId="77777777" w:rsidR="00B47955" w:rsidRPr="005E7D18" w:rsidRDefault="00B47955" w:rsidP="00B47955">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="765"/>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>„Najemca”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  płacić będzie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">„ Wynajmującemu” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>czynsz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z tytułu najmu pomieszczeń w wysokości </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>75,01</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>41,91  zł brutto</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F5317">
+        <w:t>zł brutto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / słownie : czterdzieści jeden złotych 91/100 brutto / za 1m</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F5317">
+        <w:t xml:space="preserve"> / słownie : siedemdziesiąt pięć złotych 01/100 brutto / za 1m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7D18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5317">
+      <w:r w:rsidRPr="005E7D18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> w wymiarze miesięcznym.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="392A0058" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="392A0058" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> W skład czynszu wchodzą koszty eksploatacyjne tj. wywóz nieczystości, centralne ogrzewanie oraz opłata za najem.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5BFFC5" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="1B5BFFC5" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">„Najemca” </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">dodatkowo opłacać będzie, zgodnie ze wskazaniami podliczników zużycie wody i energii elektrycznej. </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,,Najemca”</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> zobowiązany jest do zainstalowania podliczników nie później niż w dniu zawarcia niniejszej umowy. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336FED34" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="336FED34" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Strony ustalają ,że czynsz płatny będzie z góry do 15-go dnia każdego miesiąca kalendarzowego na podstawie faktury wystawionej przez „ Wynajmującego”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67EBA60D" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="67EBA60D" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>„Wynajmujący ”</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> będzie wysyłał korespondencję oraz faktury drogą mailową na podany przez </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -1079,126 +1206,114 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">adres mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:tooltip="wikat@wikatcb.pl" w:history="1">
         <w:r w:rsidRPr="002F5317">
           <w:rPr>
             <w:rStyle w:val="Hipercze"/>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:color w:val="auto"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>………………….</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564E2979" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="564E2979" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>„Wynajmujący”</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ma prawo dochodzenia odsetek ustawowych w transakcjach handlowych za zwłokę w zapłacie czynszu bądź dodatkowych opłat – zużycie wody i energii elektrycznej.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F99DE40" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="0F99DE40" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>„Wynajmujący”</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  zastrzega sobie prawo do zmiany stawki czynszowej nie mniej niż o średnioroczny wskaźnik wzrostu cen towarów i usług podawanych przez GUS, co najmniej raz w roku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF0082E" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
+    <w:p w14:paraId="1CF0082E" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00B47955">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="5"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">„Wynajmujący” </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">zastrzega sobie prawo do zmiany czynszu z tytułu wzrostu kosztów eksploatacyjnych w przypadku zmian ich cen w czasie trwania umowy w drodze pisemnego aneksu podpisanego przez obie strony. Odmowa zawarcia aneksu może stanowić podstawę rozwiązania niniejszej umowy z zachowaniem miesięcznego okresu wypowiedzenia. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F7698C3" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
@@ -1273,50 +1388,51 @@
     <w:p w14:paraId="39BA36EB" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37D99AC1" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>§ 6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3212BF99" w14:textId="77777777" w:rsidR="002F5317" w:rsidRPr="002F5317" w:rsidRDefault="002F5317" w:rsidP="00AB7287">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="180"/>
         </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5317">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2149,50 +2265,51 @@
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2295,50 +2412,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5805"/>
         </w:tabs>
         <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6525"/>
         </w:tabs>
         <w:ind w:left="6525" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51B72174"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F9F825C2"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="765"/>
+        </w:tabs>
+        <w:ind w:left="765" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1485"/>
+        </w:tabs>
+        <w:ind w:left="1485" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2205"/>
+        </w:tabs>
+        <w:ind w:left="2205" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2925"/>
+        </w:tabs>
+        <w:ind w:left="2925" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3645"/>
+        </w:tabs>
+        <w:ind w:left="3645" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4365"/>
+        </w:tabs>
+        <w:ind w:left="4365" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5085"/>
+        </w:tabs>
+        <w:ind w:left="5085" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5805"/>
+        </w:tabs>
+        <w:ind w:left="5805" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6525"/>
+        </w:tabs>
+        <w:ind w:left="6525" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FC26278"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0C743DA0"/>
     <w:lvl w:ilvl="0" w:tplc="866A2276">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2411,51 +2641,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="732053E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD3EC588"/>
     <w:lvl w:ilvl="0" w:tplc="9CBE9F5C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2527,51 +2757,51 @@
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73780564"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2D9E6500"/>
     <w:lvl w:ilvl="0" w:tplc="0415000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -2644,87 +2874,92 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="833298145">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1664620257">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1845437865">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1845437865">
+  <w:num w:numId="4" w16cid:durableId="1606229355">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1606229355">
+  <w:num w:numId="5" w16cid:durableId="276059014">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="160"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00157493"/>
     <w:rsid w:val="000E73FF"/>
     <w:rsid w:val="00140AA3"/>
     <w:rsid w:val="00157493"/>
     <w:rsid w:val="001F604A"/>
     <w:rsid w:val="002F5317"/>
     <w:rsid w:val="00392A05"/>
+    <w:rsid w:val="00414EFE"/>
     <w:rsid w:val="009553F4"/>
     <w:rsid w:val="009B7692"/>
     <w:rsid w:val="00AB7287"/>
+    <w:rsid w:val="00B47955"/>
     <w:rsid w:val="00D64624"/>
     <w:rsid w:val="00EC6919"/>
     <w:rsid w:val="00F12AD8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4004,69 +4239,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>876</Words>
-  <Characters>5257</Characters>
+  <Words>903</Words>
+  <Characters>5422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
+  <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6121</CharactersWithSpaces>
+  <CharactersWithSpaces>6313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Wiesław Babiżewski</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>